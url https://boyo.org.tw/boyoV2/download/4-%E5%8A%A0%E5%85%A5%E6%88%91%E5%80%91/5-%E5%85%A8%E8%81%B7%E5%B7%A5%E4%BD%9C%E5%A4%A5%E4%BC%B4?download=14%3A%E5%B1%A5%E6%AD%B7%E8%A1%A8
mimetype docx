--- v0 (2025-10-12)
+++ v1 (2026-01-28)
@@ -3,59 +3,59 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="359528D6" w14:textId="0B039BA8" w:rsidR="0092636B" w:rsidRPr="000D4F76" w:rsidRDefault="000D4F76" w:rsidP="000D4F76">
+    <w:p w14:paraId="359528D6" w14:textId="0B039BA8" w:rsidR="0092636B" w:rsidRPr="000D4F76" w:rsidRDefault="00BE0791" w:rsidP="000D4F76">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:pict w14:anchorId="5905DA26">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
@@ -441,135 +441,129 @@
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">出 生 日 期：民國 </w:t>
             </w:r>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0064399D">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>＿</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>年</w:t>
             </w:r>
             <w:r w:rsidR="0064399D" w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0064399D">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>＿</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="0064399D" w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
             <w:r w:rsidR="0064399D" w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0064399D">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>＿</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="0064399D" w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -602,69 +596,51 @@
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41AA1B07" w14:textId="77777777" w:rsidR="00744B11" w:rsidRPr="00241E84" w:rsidRDefault="00847622" w:rsidP="006514BC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">服 役 狀 </w:t>
-[...17 lines deleted...]
-              <w:t>：</w:t>
+              <w:t>服 役 狀 況：</w:t>
             </w:r>
             <w:r w:rsidR="00DC1D12" w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">□免役 </w:t>
             </w:r>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>□未役</w:t>
             </w:r>
             <w:r w:rsidR="00241E84">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(原因：</w:t>
             </w:r>
@@ -2885,51 +2861,51 @@
                 <w:color w:val="999999"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>市</w:t>
             </w:r>
             <w:r w:rsidR="0064399D">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>；</w:t>
             </w:r>
             <w:r w:rsidR="0064399D" w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>雲林縣口湖鄉</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38B3184D" w14:textId="77777777" w:rsidR="002530AD" w:rsidRPr="00E87110" w:rsidRDefault="002530AD" w:rsidP="002530AD">
+          <w:p w14:paraId="38B3184D" w14:textId="55E05FDD" w:rsidR="002530AD" w:rsidRPr="00E87110" w:rsidRDefault="002530AD" w:rsidP="002530AD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>南部：</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3010,51 +2986,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>東部：</w:t>
             </w:r>
             <w:r w:rsidR="00F5011A" w:rsidRPr="00F5011A">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>花蓮縣秀林鄉</w:t>
+              <w:t>花蓮縣</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE0791">
+              <w:rPr>
+                <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>新城</w:t>
+            </w:r>
+            <w:r w:rsidR="00F5011A" w:rsidRPr="00F5011A">
+              <w:rPr>
+                <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>鄉</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>、台東縣海端鄉</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00423E28" w:rsidRPr="00974475" w14:paraId="4257A642" w14:textId="77777777" w:rsidTr="004718F2">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5415" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3308,69 +3302,51 @@
       </w:tr>
       <w:tr w:rsidR="00423E28" w:rsidRPr="00974475" w14:paraId="58804BB2" w14:textId="77777777" w:rsidTr="00BD4900">
         <w:trPr>
           <w:trHeight w:val="239"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11005" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
           </w:tcPr>
           <w:p w14:paraId="324D3F40" w14:textId="77777777" w:rsidR="00423E28" w:rsidRPr="00974475" w:rsidRDefault="00423E28">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">是否在職：□是  </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">　  　　　　　　</w:t>
+              <w:t xml:space="preserve">是否在職：□是  □否　  　　　　　　</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA450F" w:rsidRPr="00974475" w14:paraId="02063A2F" w14:textId="77777777" w:rsidTr="00BD4900">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11005" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CE4D683" w14:textId="77777777" w:rsidR="00BA450F" w:rsidRPr="00CF2C34" w:rsidRDefault="00BA450F" w:rsidP="00CF2C34">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF2C34">
               <w:rPr>
@@ -5762,106 +5738,70 @@
               <w:t>FB社團</w:t>
             </w:r>
             <w:r w:rsidR="0064399D">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
             <w:r w:rsidR="0064399D" w:rsidRPr="0064399D">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>□</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> □全國就業e網</w:t>
+              <w:t>□社工專協 □全國就業e網</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0603F5AE" w14:textId="77777777" w:rsidR="00194D37" w:rsidRPr="00974475" w:rsidRDefault="00194D37" w:rsidP="00194D37">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>□其他(請說明</w:t>
-[...17 lines deleted...]
-              <w:t>__________</w:t>
+              <w:t>□其他(請說明）__________</w:t>
             </w:r>
             <w:r w:rsidR="00327DA7" w:rsidRPr="00327DA7">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00327DA7">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6425,121 +6365,93 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C71642" w:rsidRPr="00974475" w14:paraId="54ED8008" w14:textId="77777777" w:rsidTr="00BD4900">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11005" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E4FC2B4" w14:textId="77777777" w:rsidR="00C71642" w:rsidRPr="00CF2C34" w:rsidRDefault="004842E6" w:rsidP="00CF2C34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CF2C34">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>諴</w:t>
-[...8 lines deleted...]
-              <w:t>信簽章</w:t>
+              <w:t>諴信簽章</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C71642" w:rsidRPr="00974475" w14:paraId="0053D2B7" w14:textId="77777777" w:rsidTr="00BD4900">
         <w:trPr>
           <w:trHeight w:val="730"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11005" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:tl2br w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36558A80" w14:textId="77777777" w:rsidR="00C71642" w:rsidRPr="00974475" w:rsidRDefault="00C71642" w:rsidP="00C71642">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>本人秉持誠信原則填寫上列資料，慎重聲明以上所填</w:t>
-[...17 lines deleted...]
-              <w:t>，如有虛報情事，願受免職處分。本人同意機構因業務需要，於保密情況下對本人資料開放給相關機關或主管，並授權得向有關機關、人員作資料查證。</w:t>
+              <w:t>本人秉持誠信原則填寫上列資料，慎重聲明以上所填各項均屬確實，如有虛報情事，願受免職處分。本人同意機構因業務需要，於保密情況下對本人資料開放給相關機關或主管，並授權得向有關機關、人員作資料查證。</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AAF10F1" w14:textId="77777777" w:rsidR="00194D37" w:rsidRPr="00974475" w:rsidRDefault="00194D37" w:rsidP="00C71642">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7929A91E" w14:textId="77777777" w:rsidR="00194D37" w:rsidRPr="00974475" w:rsidRDefault="00194D37" w:rsidP="00194D37">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLineChars="500" w:firstLine="1000"/>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00974475">
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
@@ -6819,58 +6731,58 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AC76E61" w14:textId="77777777" w:rsidR="00423E28" w:rsidRDefault="00423E28">
       <w:pPr>
         <w:wordWrap w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00423E28">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="289" w:right="567" w:bottom="289" w:left="567" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37D3AE2A" w14:textId="77777777" w:rsidR="00FC4A0D" w:rsidRDefault="00FC4A0D">
+    <w:p w14:paraId="29DD9A57" w14:textId="77777777" w:rsidR="004A2B09" w:rsidRDefault="004A2B09">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37381F3D" w14:textId="77777777" w:rsidR="00FC4A0D" w:rsidRDefault="00FC4A0D">
+    <w:p w14:paraId="294C3A95" w14:textId="77777777" w:rsidR="004A2B09" w:rsidRDefault="004A2B09">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
@@ -6907,58 +6819,58 @@
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23D9A2EF" w14:textId="77777777" w:rsidR="00FC4A0D" w:rsidRDefault="00FC4A0D">
+    <w:p w14:paraId="3F6A264A" w14:textId="77777777" w:rsidR="004A2B09" w:rsidRDefault="004A2B09">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60D8B57C" w14:textId="77777777" w:rsidR="00FC4A0D" w:rsidRDefault="00FC4A0D">
+    <w:p w14:paraId="00F22721" w14:textId="77777777" w:rsidR="004A2B09" w:rsidRDefault="004A2B09">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="207C7ED7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="837E195A"/>
     <w:lvl w:ilvl="0" w:tplc="6506332C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -7171,51 +7083,50 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="415253270">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1977449375">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="480"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotBreakWrappedTables/>
@@ -7273,108 +7184,111 @@
     <w:rsid w:val="001F39E4"/>
     <w:rsid w:val="00241E84"/>
     <w:rsid w:val="00243ACD"/>
     <w:rsid w:val="002530AD"/>
     <w:rsid w:val="002654B2"/>
     <w:rsid w:val="002A4025"/>
     <w:rsid w:val="002E6A67"/>
     <w:rsid w:val="002E6B71"/>
     <w:rsid w:val="00301101"/>
     <w:rsid w:val="00327DA7"/>
     <w:rsid w:val="00336C70"/>
     <w:rsid w:val="00365935"/>
     <w:rsid w:val="003844A0"/>
     <w:rsid w:val="003F2EB3"/>
     <w:rsid w:val="003F4138"/>
     <w:rsid w:val="00404DEC"/>
     <w:rsid w:val="00410F7A"/>
     <w:rsid w:val="00417339"/>
     <w:rsid w:val="00423E28"/>
     <w:rsid w:val="004258B9"/>
     <w:rsid w:val="00434343"/>
     <w:rsid w:val="00460B77"/>
     <w:rsid w:val="00470C27"/>
     <w:rsid w:val="004718F2"/>
     <w:rsid w:val="004842E6"/>
+    <w:rsid w:val="004A2B09"/>
     <w:rsid w:val="004A5BE8"/>
     <w:rsid w:val="004B119A"/>
     <w:rsid w:val="004D4A8A"/>
     <w:rsid w:val="004D4B91"/>
     <w:rsid w:val="005070F3"/>
     <w:rsid w:val="00507433"/>
     <w:rsid w:val="00511866"/>
     <w:rsid w:val="00515C4D"/>
     <w:rsid w:val="005219E7"/>
     <w:rsid w:val="00521D19"/>
     <w:rsid w:val="005B4903"/>
     <w:rsid w:val="005E3D88"/>
     <w:rsid w:val="005F529E"/>
     <w:rsid w:val="006151EE"/>
     <w:rsid w:val="0064399D"/>
     <w:rsid w:val="006514BC"/>
     <w:rsid w:val="00652698"/>
     <w:rsid w:val="006710E2"/>
     <w:rsid w:val="00673DF6"/>
     <w:rsid w:val="006A1C4A"/>
     <w:rsid w:val="006D3C05"/>
     <w:rsid w:val="006D4B00"/>
     <w:rsid w:val="006D5520"/>
     <w:rsid w:val="006E5C70"/>
     <w:rsid w:val="007160E7"/>
     <w:rsid w:val="00744B11"/>
     <w:rsid w:val="007809C0"/>
     <w:rsid w:val="00790B06"/>
     <w:rsid w:val="007C29EB"/>
     <w:rsid w:val="007C2A32"/>
     <w:rsid w:val="0082357E"/>
     <w:rsid w:val="00847622"/>
     <w:rsid w:val="008623A7"/>
     <w:rsid w:val="008862CA"/>
     <w:rsid w:val="0089029F"/>
     <w:rsid w:val="008C7959"/>
     <w:rsid w:val="008E257C"/>
     <w:rsid w:val="0092636B"/>
     <w:rsid w:val="00974475"/>
+    <w:rsid w:val="009A228D"/>
     <w:rsid w:val="009C6995"/>
     <w:rsid w:val="009E6FC3"/>
     <w:rsid w:val="00A469FE"/>
     <w:rsid w:val="00A51C38"/>
     <w:rsid w:val="00A51D38"/>
     <w:rsid w:val="00A87BA6"/>
     <w:rsid w:val="00A974D0"/>
     <w:rsid w:val="00AB1D7F"/>
     <w:rsid w:val="00AC557C"/>
     <w:rsid w:val="00AD2F7A"/>
     <w:rsid w:val="00AF50E8"/>
     <w:rsid w:val="00B36A53"/>
     <w:rsid w:val="00B72577"/>
     <w:rsid w:val="00BA450F"/>
     <w:rsid w:val="00BA7630"/>
     <w:rsid w:val="00BB57D2"/>
     <w:rsid w:val="00BC7A38"/>
     <w:rsid w:val="00BD462E"/>
     <w:rsid w:val="00BD4900"/>
+    <w:rsid w:val="00BE0791"/>
     <w:rsid w:val="00BF5BE9"/>
     <w:rsid w:val="00C07ECA"/>
     <w:rsid w:val="00C11598"/>
     <w:rsid w:val="00C152B1"/>
     <w:rsid w:val="00C24AC8"/>
     <w:rsid w:val="00C25A9B"/>
     <w:rsid w:val="00C71642"/>
     <w:rsid w:val="00C80976"/>
     <w:rsid w:val="00CB3147"/>
     <w:rsid w:val="00CD6646"/>
     <w:rsid w:val="00CE601D"/>
     <w:rsid w:val="00CF2C34"/>
     <w:rsid w:val="00D11599"/>
     <w:rsid w:val="00D160F5"/>
     <w:rsid w:val="00D22A7A"/>
     <w:rsid w:val="00D336D5"/>
     <w:rsid w:val="00D63FB0"/>
     <w:rsid w:val="00D87C1E"/>
     <w:rsid w:val="00DA377C"/>
     <w:rsid w:val="00DC1D12"/>
     <w:rsid w:val="00DD6312"/>
     <w:rsid w:val="00DF2736"/>
     <w:rsid w:val="00E46AD8"/>
     <w:rsid w:val="00E7126C"/>
     <w:rsid w:val="00E87110"/>
@@ -8487,51 +8401,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>289</Words>
   <Characters>1649</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1935</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>1111人力銀行求職履歷表</dc:title>
   <dc:subject/>
   <dc:creator>mavis</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>